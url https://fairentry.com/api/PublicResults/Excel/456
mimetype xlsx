--- v0 (2025-12-14)
+++ v1 (2025-12-14)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra771f846d40a4b18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/da9f048029ff4ad3bcb6ff447f496302.psmdcp" Id="R869ca96c59cb4478" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d88e42421fd4b8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cf4394751f3b4e749356c15e2ffbeb7b.psmdcp" Id="R4ccddad81f20494b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2016 Wyoming County ..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="10" uniqueCount="10">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>