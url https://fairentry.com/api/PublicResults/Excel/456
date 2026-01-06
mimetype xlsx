--- v1 (2025-12-14)
+++ v2 (2026-01-06)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d88e42421fd4b8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cf4394751f3b4e749356c15e2ffbeb7b.psmdcp" Id="R4ccddad81f20494b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R235c7150ef864d0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/abb90f23439e4aa98760e85c5d62dfe3.psmdcp" Id="Rdcc02baaa53148fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2016 Wyoming County ..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="10" uniqueCount="10">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>