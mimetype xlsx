--- v2 (2026-01-06)
+++ v3 (2026-02-15)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R235c7150ef864d0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/abb90f23439e4aa98760e85c5d62dfe3.psmdcp" Id="Rdcc02baaa53148fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R295b02a5c5ff444a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/34c1ee60f0df444b8fed21fff84b736a.psmdcp" Id="R4d82c9f46162400b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2016 Wyoming County ..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="10" uniqueCount="10">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>