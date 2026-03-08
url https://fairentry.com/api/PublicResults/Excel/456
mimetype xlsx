--- v3 (2026-02-15)
+++ v4 (2026-03-08)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R295b02a5c5ff444a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/34c1ee60f0df444b8fed21fff84b736a.psmdcp" Id="R4d82c9f46162400b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reaad7e33fbae4fd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/58fcd5db3107409d9b27014863a6cc0c.psmdcp" Id="Rbff49561ad5d4bfb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2016 Wyoming County ..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="10" uniqueCount="10">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>