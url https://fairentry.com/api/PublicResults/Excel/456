--- v4 (2026-03-08)
+++ v5 (2026-03-28)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reaad7e33fbae4fd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/58fcd5db3107409d9b27014863a6cc0c.psmdcp" Id="Rbff49561ad5d4bfb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1339d45ff4e14804" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5755d1863259406e9d323dd1d4b16c4d.psmdcp" Id="R1e451933da854fb5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2016 Wyoming County ..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="10" uniqueCount="10">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>