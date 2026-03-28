--- v5 (2026-03-28)
+++ v6 (2026-03-28)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1339d45ff4e14804" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5755d1863259406e9d323dd1d4b16c4d.psmdcp" Id="R1e451933da854fb5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raadb643e920a43b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c716a9544276425b8e2450049f5f5e89.psmdcp" Id="Rb5e567ac32224735" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2016 Wyoming County ..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="10" uniqueCount="10">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>