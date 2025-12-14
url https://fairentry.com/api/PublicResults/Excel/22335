--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb82cb4c3cd53477d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bbee08aeb0ce4cd28721c66ad751247a.psmdcp" Id="Rca6b4a1aa8774daa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bc3c975f73243f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1df5e0e512524d7d9e0da17e08a5efcf.psmdcp" Id="R84f19f242dfe453c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Northwest Kansa..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2512" uniqueCount="2512">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>