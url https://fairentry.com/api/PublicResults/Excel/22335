--- v1 (2025-12-14)
+++ v2 (2026-01-09)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bc3c975f73243f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1df5e0e512524d7d9e0da17e08a5efcf.psmdcp" Id="R84f19f242dfe453c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfd5ef9885c74522" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d34cb21b4b2a4d34bf26ffe1e66595a9.psmdcp" Id="R2545ae0f568e4c90" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Northwest Kansa..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2512" uniqueCount="2512">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>