--- v2 (2026-01-09)
+++ v3 (2026-01-30)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfd5ef9885c74522" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d34cb21b4b2a4d34bf26ffe1e66595a9.psmdcp" Id="R2545ae0f568e4c90" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re40b8d1a09344db9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e4356fe92a724d419091c81788fad20f.psmdcp" Id="R57bcaeb0e62446fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Northwest Kansa..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2512" uniqueCount="2512">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>