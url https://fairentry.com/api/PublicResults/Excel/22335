--- v3 (2026-01-30)
+++ v4 (2026-02-20)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re40b8d1a09344db9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e4356fe92a724d419091c81788fad20f.psmdcp" Id="R57bcaeb0e62446fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f07e282657d4400" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3f7dd19be0124a40b67c45a6e2508ffd.psmdcp" Id="Rd4b5032dd1e74dcd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Northwest Kansa..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2512" uniqueCount="2512">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>