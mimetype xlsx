--- v4 (2026-02-20)
+++ v5 (2026-03-12)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f07e282657d4400" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3f7dd19be0124a40b67c45a6e2508ffd.psmdcp" Id="Rd4b5032dd1e74dcd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50fef7deed7647a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/280731e131754a72a7de3d83365d32ac.psmdcp" Id="Rf1161563bf8045c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Northwest Kansa..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2512" uniqueCount="2512">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>