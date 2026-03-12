--- v5 (2026-03-12)
+++ v6 (2026-03-12)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50fef7deed7647a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/280731e131754a72a7de3d83365d32ac.psmdcp" Id="Rf1161563bf8045c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77144871b7734581" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0d18644df68544709dbb33741bb56665.psmdcp" Id="R10522f28c4c74feb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Northwest Kansa..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2512" uniqueCount="2512">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>