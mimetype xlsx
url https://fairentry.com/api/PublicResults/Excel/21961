--- v0 (2025-12-08)
+++ v1 (2026-01-09)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbccc90d188a542aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2ae58adc1b824e74bb97b7b6a1cc1250.psmdcp" Id="R87d830ed62554ffa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R572d18eca2da4a7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7d095f3cf52445e3864db127e59356a3.psmdcp" Id="R0e09ff2ae53f4966" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Larimer County ..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2127" uniqueCount="2127">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>