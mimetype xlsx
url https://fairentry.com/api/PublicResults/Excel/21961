--- v1 (2026-01-09)
+++ v2 (2026-01-31)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R572d18eca2da4a7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7d095f3cf52445e3864db127e59356a3.psmdcp" Id="R0e09ff2ae53f4966" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbce00370ca24ccf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e64747e94f7b437290596ba47cd51c4d.psmdcp" Id="R53018d02e8604fb6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Larimer County ..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2127" uniqueCount="2127">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>
@@ -4411,51 +4411,51 @@
   <x:si>
     <x:t>Landscape photography</x:t>
   </x:si>
   <x:si>
     <x:t>Champion Amateur Photography Exhibit</x:t>
   </x:si>
   <x:si>
     <x:t>Matriccino, Daniel</x:t>
   </x:si>
   <x:si>
     <x:t>679</x:t>
   </x:si>
   <x:si>
     <x:t>"Echoes of Light"</x:t>
   </x:si>
   <x:si>
     <x:t>Beck, Brittany</x:t>
   </x:si>
   <x:si>
     <x:t>890</x:t>
   </x:si>
   <x:si>
     <x:t>Dunes</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Open Class Photography  /  Children 9 Years Old and Under  /  110: Black &amp; White or Color Photo</x:t>
+    <x:t xml:space="preserve"> Open Class Photography  /  Children 12 Years Old and Under  /  110: Black &amp; White or Color Photo</x:t>
   </x:si>
   <x:si>
     <x:t>1310</x:t>
   </x:si>
   <x:si>
     <x:t>1432</x:t>
   </x:si>
   <x:si>
     <x:t>Picture perfect</x:t>
   </x:si>
   <x:si>
     <x:t>Hahn, Mason</x:t>
   </x:si>
   <x:si>
     <x:t>1596</x:t>
   </x:si>
   <x:si>
     <x:t>435</x:t>
   </x:si>
   <x:si>
     <x:t>McDowell, Alexa</x:t>
   </x:si>
   <x:si>
     <x:t>1613</x:t>
   </x:si>