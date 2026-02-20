--- v2 (2026-01-31)
+++ v3 (2026-02-20)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbce00370ca24ccf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e64747e94f7b437290596ba47cd51c4d.psmdcp" Id="R53018d02e8604fb6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc955d7374674b1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f45bb708a726454ba42fb2e6dfd04bf9.psmdcp" Id="R827e8e4f7f1a4e58" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Larimer County ..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2127" uniqueCount="2127">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>