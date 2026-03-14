--- v3 (2026-02-20)
+++ v4 (2026-03-14)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc955d7374674b1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f45bb708a726454ba42fb2e6dfd04bf9.psmdcp" Id="R827e8e4f7f1a4e58" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92afde4a7d7a4f84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/858a1673f2fa48618b6b222f799cfae5.psmdcp" Id="R12e817c285c0475b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Larimer County ..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2127" uniqueCount="2127">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>