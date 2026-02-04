--- v0 (2025-12-15)
+++ v1 (2026-02-04)
@@ -1,121 +1,121 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96774fbe7ee947be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a14627c0a8f844a9ad6a82991cb0b886.psmdcp" Id="R7aba2a56656f4c5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R225bf4a92fb642e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5dd6e4dce0a440f6934e65261cbd4c09.psmdcp" Id="R99248c0919914617" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 State 4-H Horse..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23" uniqueCount="23">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Name</x:t>
   </x:si>
   <x:si>
     <x:t>Entry Number</x:t>
   </x:si>
   <x:si>
     <x:t>Entry Description</x:t>
   </x:si>
   <x:si>
     <x:t>Ribbon</x:t>
   </x:si>
   <x:si>
     <x:t>Placing</x:t>
   </x:si>
   <x:si>
     <x:t>Awards</x:t>
   </x:si>
   <x:si>
     <x:t>County</x:t>
   </x:si>
   <x:si>
     <x:t>Club</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Games  /  Y006008: Horse - Poles, Grade 6</x:t>
+    <x:t xml:space="preserve"> Horse  /  Games  /  Y006008: Poles, Grade 6</x:t>
   </x:si>
   <x:si>
     <x:t>172</x:t>
   </x:si>
   <x:si>
     <x:t>Grandy, Lydia</x:t>
   </x:si>
   <x:si>
     <x:t>746</x:t>
   </x:si>
   <x:si>
     <x:t>10</x:t>
   </x:si>
   <x:si>
     <x:t>Hubbard</x:t>
   </x:si>
   <x:si>
     <x:t>Hubbard Prairie Dogs</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Games  /  Y006024: Horse - Jumping Figure 8, Grade 6</x:t>
+    <x:t xml:space="preserve"> Horse  /  Games  /  Y006024: Jumping Figure 8, Grade 6</x:t>
   </x:si>
   <x:si>
     <x:t>747</x:t>
   </x:si>
   <x:si>
     <x:t>7</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Horse  /  Games  /  Y006032: Horse - Key Race, Grade 6</x:t>
+    <x:t xml:space="preserve"> Horse  /  Games  /  Y006032: Key Race, Grade 6</x:t>
   </x:si>
   <x:si>
     <x:t>748</x:t>
   </x:si>
   <x:si>
     <x:t>4</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">