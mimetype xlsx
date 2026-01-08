--- v0 (2025-12-15)
+++ v1 (2026-01-08)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f27a5ccb31a47ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6a485e6da36f442c80f6f530be838cfd.psmdcp" Id="R39c7f2f76a494cb1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39301bf2110e46e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9309905100c647068c23b942ead7db8f.psmdcp" Id="Rf128f0773fa94147" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Sublette County..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2168" uniqueCount="2168">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>