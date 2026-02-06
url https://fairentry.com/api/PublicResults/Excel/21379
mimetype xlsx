--- v1 (2026-01-08)
+++ v2 (2026-02-06)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39301bf2110e46e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9309905100c647068c23b942ead7db8f.psmdcp" Id="Rf128f0773fa94147" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf71b0043f5248b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7e5b219fc7754c4c906eb537b721db5a.psmdcp" Id="R9176961257664f76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Sublette County..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2168" uniqueCount="2168">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>