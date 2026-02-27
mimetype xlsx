--- v2 (2026-02-06)
+++ v3 (2026-02-27)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf71b0043f5248b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7e5b219fc7754c4c906eb537b721db5a.psmdcp" Id="R9176961257664f76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c6ea0f173514262" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2a703056236242d59b28dcf19e8cae81.psmdcp" Id="R2b0c4808a4e147d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Sublette County..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2168" uniqueCount="2168">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>