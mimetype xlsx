--- v3 (2026-02-27)
+++ v4 (2026-03-25)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c6ea0f173514262" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2a703056236242d59b28dcf19e8cae81.psmdcp" Id="R2b0c4808a4e147d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rced5ea82f1ea4d59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/eca8b93102924e0680b5bbbc4107c17f.psmdcp" Id="Rd79b2a5c976d41d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Sublette County..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2168" uniqueCount="2168">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>