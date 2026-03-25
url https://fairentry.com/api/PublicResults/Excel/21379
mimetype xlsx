--- v4 (2026-03-25)
+++ v5 (2026-03-25)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rced5ea82f1ea4d59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/eca8b93102924e0680b5bbbc4107c17f.psmdcp" Id="Rd79b2a5c976d41d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a5e697ede8540ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5ee2d784349a4a358495315695c39dec.psmdcp" Id="Rdc37b134497e4a33" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Sublette County..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2168" uniqueCount="2168">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>